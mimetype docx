--- v0 (2025-11-23)
+++ v1 (2026-01-27)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5F4302C2" w14:textId="77777777" w:rsidR="001C1EEE" w:rsidRPr="00CF1C86" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF1C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Título em português</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D0E35E" w14:textId="77777777" w:rsidR="00CF1C86" w:rsidRPr="00145AEE" w:rsidRDefault="00CF1C86" w:rsidP="00895262">
       <w:pPr>
@@ -77,51 +78,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Título em inglês</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30485332" w14:textId="77777777" w:rsidR="00CF1C86" w:rsidRDefault="00CF1C86" w:rsidP="00895262">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D1ECE40" w14:textId="77777777" w:rsidR="00CF1C86" w:rsidRDefault="00CF1C86" w:rsidP="00895262">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="566783D2" w14:textId="451FEADF" w:rsidR="00CF1C86" w:rsidRPr="00E56E4F" w:rsidRDefault="001C1EEE" w:rsidP="00BD4507">
+    <w:p w14:paraId="566783D2" w14:textId="214BADBF" w:rsidR="00CF1C86" w:rsidRPr="00E56E4F" w:rsidRDefault="001C1EEE" w:rsidP="00BD4507">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
@@ -136,129 +137,143 @@
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00B1149E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00CF1C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>Autor</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00093AD5">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00CF1C86">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>, Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00093AD5">
+        <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="00CF1C86" w:rsidRPr="00CF1C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>, Autor</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1C86" w:rsidRPr="00CF1C86">
+      <w:r w:rsidR="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
-[...13 lines deleted...]
-        </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8FEAE7" w14:textId="5DFA20A4" w:rsidR="001C1EEE" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
+    <w:p w14:paraId="5A8FEAE7" w14:textId="5FE7B783" w:rsidR="001C1EEE" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">(Inserir nomes </w:t>
       </w:r>
       <w:r w:rsidR="00BE17CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">e filiação </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>somente após avaliação)</w:t>
+        <w:t>somente após avaliação</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2176">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Para autores da mesma instituição a numeração deve se repetir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218B6E54" w14:textId="77777777" w:rsidR="00CF1C86" w:rsidRPr="00C502E2" w:rsidRDefault="00CF1C86" w:rsidP="00BD4507">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77238109" w14:textId="30C3AA80" w:rsidR="001C1EEE" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1EEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RESUMO</w:t>
@@ -391,67 +406,57 @@
     <w:p w14:paraId="379FC2D8" w14:textId="0961C3CA" w:rsidR="001C1EEE" w:rsidRPr="00873B7D" w:rsidRDefault="00873B7D" w:rsidP="00873B7D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00873B7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Keywords </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00873B7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Palabras</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Clave:</w:t>
+        <w:t>Palabras Clave:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00873B7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Em inglês ou espanhol, com formatação igual à das Palavras-chave.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0702B3E3" w14:textId="77777777" w:rsidR="001C1EEE" w:rsidRPr="001106D6" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -485,57 +490,62 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DBBAFA9" w14:textId="2ADB061A" w:rsidR="001C1EEE" w:rsidRPr="0043689D" w:rsidRDefault="001C1EEE" w:rsidP="005B1A57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0043689D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autor correspondente: </w:t>
+              <w:t>Autor correspondente</w:t>
             </w:r>
-            <w:r w:rsidR="00DD7FC0" w:rsidRPr="0043689D">
+            <w:r w:rsidRPr="005139C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD7FC0" w:rsidRPr="005139C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="EE0000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DD7FC0" w:rsidRPr="0043689D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="EE0000"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve">Campo </w:t>
             </w:r>
             <w:r w:rsidR="00D90A11" w:rsidRPr="0043689D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="EE0000"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>e</w:t>
@@ -858,114 +868,115 @@
         <w:t>numeração</w:t>
       </w:r>
       <w:r w:rsidR="00C77929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidR="00DD7FC0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk204671535"/>
       <w:r w:rsidR="00DD7FC0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">s </w:t>
+        <w:t xml:space="preserve">s trabalhos deverão ter um mínimo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:t>dez (10)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> máximo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vinte (20) páginas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incluindo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14EB0" w:rsidRPr="009A234F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">trabalhos deverão ter um mínimo </w:t>
-[...55 lines deleted...]
-        <w:t>incluindo referências bibliográficas</w:t>
+        <w:t>referências bibliográficas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0071230D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(não ultrapassar 2MB)</w:t>
       </w:r>
       <w:r w:rsidR="00A14EB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00836914">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -1806,50 +1817,51 @@
     <w:p w14:paraId="7F9A4CCB" w14:textId="77777777" w:rsidR="00935613" w:rsidRDefault="00935613" w:rsidP="00025AF2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41DF5E7B" w14:textId="1BFE0A2C" w:rsidR="00677FDD" w:rsidRDefault="00380864" w:rsidP="00025AF2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidRPr="00380864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>SEÇÕES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> podem ser subdivididas em SEÇÕES SECUNDÁRIAS, que </w:t>
       </w:r>
       <w:r w:rsidR="00C77929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00A65306" w:rsidRPr="00460EBD">
         <w:rPr>
@@ -3432,84 +3444,60 @@
       </w:r>
       <w:r w:rsidR="00C57EA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00FD01DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> nome científico de espécies</w:t>
       </w:r>
       <w:r w:rsidR="00DA179B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, por exemplo: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DA179B" w:rsidRPr="00FD01DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Leucaena</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Leucaena leucocephala</w:t>
+      </w:r>
       <w:r w:rsidR="00DA179B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. C</w:t>
       </w:r>
       <w:r w:rsidR="00DA179B" w:rsidRPr="002A4E75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ite</w:t>
       </w:r>
       <w:r w:rsidRPr="009E1C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> o nome seguido da sigla na primeira vez que a expressão aparecer no texto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4926,51 +4914,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00705FBF">
         <w:rPr>
           <w:rFonts w:ascii="Apple Garamond" w:hAnsi="Apple Garamond"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77B0EFE3" wp14:editId="59EFD56B">
             <wp:extent cx="4505954" cy="2391109"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Imagem 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4505954" cy="2391109"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -5072,247 +5060,205 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41E18B38" wp14:editId="7884973B">
             <wp:extent cx="5624493" cy="2321457"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:docPr id="1508807756" name="image4.jpg" descr="Diagrama&#10;&#10;Descrição gerada automaticamente"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image4.jpg" descr="Diagrama&#10;&#10;Descrição gerada automaticamente"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect l="5528" t="15680" r="5222" b="17421"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5639823" cy="2327784"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FF5401" w14:textId="73FF7AB7" w:rsidR="00CB76F8" w:rsidRPr="002F7C7C" w:rsidRDefault="00CB76F8" w:rsidP="00CC6D89">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F7C7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidR="00CC6D89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fluxograma da seleção e avaliação dos artigos científicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41960C0B" w14:textId="679C33A7" w:rsidR="00CC6D89" w:rsidRPr="00E87227" w:rsidRDefault="00CB76F8" w:rsidP="00E87227">
+    <w:p w14:paraId="41960C0B" w14:textId="679C33A7" w:rsidR="00CC6D89" w:rsidRPr="00093AD5" w:rsidRDefault="00CB76F8" w:rsidP="00E87227">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F7C7C">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fonte:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F7C7C">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CC6D89">
+      <w:r w:rsidR="00CC6D89" w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidR="00CC6D89" w:rsidRPr="003131C7">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scielo; </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6D89" w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Web of Science</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6D89" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41413D2C" w14:textId="3085B012" w:rsidR="008D7EC6" w:rsidRDefault="008D7EC6" w:rsidP="008D7EC6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00643F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Para gráficos e figuras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00643F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">utilize </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>apenas</w:t>
       </w:r>
       <w:r w:rsidRPr="00643F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> os formatos TIF, GIF, JPEG, PNG, respeitando o tamanho de </w:t>
       </w:r>
       <w:r w:rsidRPr="00643F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">300 </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de resolução</w:t>
+        <w:t>300 dpi de resolução</w:t>
       </w:r>
       <w:r w:rsidRPr="00643F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>. Em casos excepcionais consultar o Editor desta Revista.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6400E7" w14:textId="4083706A" w:rsidR="008D7EC6" w:rsidRDefault="008D7EC6" w:rsidP="00E87227">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7C6BD3" w14:textId="345D884B" w:rsidR="008D7EC6" w:rsidRPr="00AF4356" w:rsidRDefault="00AF4356" w:rsidP="00BA6D8B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -6042,67 +5988,51 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gestão ambiental empresarial</w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">conceitos, modelos e instrumentos. 5. ed. São Paulo: </w:t>
-[...15 lines deleted...]
-        <w:t>, 2023.</w:t>
+        <w:t>conceitos, modelos e instrumentos. 5. ed. São Paulo: SaraivaUni, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627E0928" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="062D9869" w14:textId="183234D3" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">VON SPERLING, M. </w:t>
@@ -6326,61 +6256,52 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FA432A7" w14:textId="13ADD914" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">VIANNA, G. R.; ARAGÃO, F. J. L. </w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Procedimento de operação, manutenção e verificação de </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Procedimento de operação, manutenção e verificação de desumificador</w:t>
+      </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Brasília: Embrapa Recursos Genéticos e Biotecnologia, 2008. Disponível em: http://www.cenar gen.embrapa.br/publica/trabalhos/ct074.pdf.  Acesso em: 19 fev. 2024.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6D9442" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59382195" w14:textId="79DD6018" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6395,79 +6316,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3CBC7ACB" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596D4724" w14:textId="25BFA42D" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">BRASIL. Lei nº 14.785, de 27 de dezembro de 2023. Dispõe sobre a pesquisa, a experimentação, a produção, a embalagem, a rotulagem, o transporte, o armazenamento, a comercialização, a utilização, a importação, a exportação, o destino final dos resíduos e das embalagens, o registro, a classificação, o controle, a inspeção e a fiscalização de agrotóxicos, de produtos de controle ambiental, de seus produtos técnicos e afins; revoga as Leis </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> 6.938, de 31 de agosto de 1981, e 9.782, de 26 de janeiro de 1999. </w:t>
+        <w:t xml:space="preserve">BRASIL. Lei nº 14.785, de 27 de dezembro de 2023. Dispõe sobre a pesquisa, a experimentação, a produção, a embalagem, a rotulagem, o transporte, o armazenamento, a comercialização, a utilização, a importação, a exportação, o destino final dos resíduos e das embalagens, o registro, a classificação, o controle, a inspeção e a fiscalização de agrotóxicos, de produtos de controle ambiental, de seus produtos técnicos e afins; revoga as Leis nºs 7.802, de 11 de julho de 1989, e 9.974, de 6 de junho de 2000, e partes de anexos das Leis nºs 6.938, de 31 de agosto de 1981, e 9.782, de 26 de janeiro de 1999. </w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Diário Oficial da União</w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: 16 abr. 2024. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440A1170" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6616,182 +6509,144 @@
     <w:p w14:paraId="29DE4265" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55BD216B" w14:textId="4EA5DB55" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">BERNARDINO, E. G. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Fotocatalisador</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Fotocatalisador de grafeno magnético e carvão ativado para degradação de azul de metileno</w:t>
+      </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de grafeno magnético e carvão ativado para degradação de azul de metileno</w:t>
-[...33 lines deleted...]
-        <w:t>, Maringá, 2023.</w:t>
+        <w:t>. 2023. 70 f. Dissertação (Mestrado em Tecnologias Limpas) – Universidade Cesumar, Unicesumar, Maringá, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BDC2B86" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53B7F48A" w14:textId="77777777" w:rsidR="00C050EC" w:rsidRPr="003131C7" w:rsidRDefault="00C050EC" w:rsidP="00C050EC">
       <w:pPr>
         <w:pStyle w:val="Recuodecorpodetexto"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Para mais exemplos de referências consulte a ABNT NBR 6023:2018</w:t>
       </w:r>
       <w:r w:rsidRPr="003131C7">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597A7426" w14:textId="7BCAEC49" w:rsidR="00DB69E0" w:rsidRPr="00FF3FCC" w:rsidRDefault="00DB69E0" w:rsidP="00BB7351">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DB69E0" w:rsidRPr="00FF3FCC" w:rsidSect="00102889">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E535994" w14:textId="77777777" w:rsidR="00744D88" w:rsidRDefault="00744D88">
+    <w:p w14:paraId="6817679A" w14:textId="77777777" w:rsidR="00E02179" w:rsidRDefault="00E02179">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="191905DA" w14:textId="77777777" w:rsidR="00744D88" w:rsidRDefault="00744D88">
+    <w:p w14:paraId="2CAD652F" w14:textId="77777777" w:rsidR="00E02179" w:rsidRDefault="00E02179">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6811,764 +6666,519 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Apple Garamond">
-    <w:panose1 w:val="02000506080000020004"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41C1B242" w14:textId="0AED0ED3" w:rsidR="00CB7C2B" w:rsidRPr="00334F43" w:rsidRDefault="00CB7C2B" w:rsidP="00CB7C2B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">Rev. Agro. </w:t>
-[...35 lines deleted...]
-      <w:t>, 202</w:t>
+      <w:t>Rev. Agro. Amb., v. xx, 202</w:t>
     </w:r>
     <w:r w:rsidR="00334F43" w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> - e-ISSN 2176-9168</w:t>
     </w:r>
     <w:r w:rsidR="00AB5400" w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AB5400" w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>(campo sob a responsabilidade da equipe editorial)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CC4FF8A" w14:textId="77777777" w:rsidR="00744D88" w:rsidRDefault="00744D88">
+    <w:p w14:paraId="4FD3EFD4" w14:textId="77777777" w:rsidR="00E02179" w:rsidRDefault="00E02179">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34C18D84" w14:textId="77777777" w:rsidR="00744D88" w:rsidRDefault="00744D88">
+    <w:p w14:paraId="0F65F399" w14:textId="77777777" w:rsidR="00E02179" w:rsidRDefault="00E02179">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="3C44AE7A" w14:textId="4A716C00" w:rsidR="001C1EEE" w:rsidRPr="00181797" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
+    <w:p w14:paraId="3C44AE7A" w14:textId="51D4B695" w:rsidR="001C1EEE" w:rsidRPr="00093AD5" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="130" w:hanging="130"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00181797">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00181797">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D52E4">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00093AD5" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>Instituição (sigla)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>ocente no Programa de Pós-Graduação em Tecnologias Limpas (PPGTL)</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00093AD5" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>Município</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00093AD5" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Un</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>sigla do Estado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>iCesumar</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, Maringá (PR), Brasil.</w:t>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="31E6413C" w14:textId="165E8AA3" w:rsidR="001C1EEE" w:rsidRPr="00181797" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
+    <w:p w14:paraId="31E6413C" w14:textId="065EEAD7" w:rsidR="001C1EEE" w:rsidRPr="00093AD5" w:rsidRDefault="001C1EEE" w:rsidP="001C1EEE">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="130" w:hanging="130"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00181797">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00181797">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mestrando</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00093AD5" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">/ Doutorando </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">Instituição (sigla), Município (sigla do Estado), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Programa de Pós-Graduação em Tecnologias Limpas (PPGTL)</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        <w:t>, Maringá (PR), Brasil.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="7CB74427" w14:textId="77777777" w:rsidR="0096070D" w:rsidRPr="00181797" w:rsidRDefault="001C1EEE" w:rsidP="0096070D">
+    <w:p w14:paraId="69615623" w14:textId="4DACC9AA" w:rsidR="001C1EEE" w:rsidRPr="00093AD5" w:rsidRDefault="001C1EEE" w:rsidP="00093AD5">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="130" w:hanging="130"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00181797">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00181797">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00093AD5" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> Instituição (sigla), Município (sigla do Estado), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mestre, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Programa de Pós-Graduação em Tecnologias Limpas (PPGTL)</w:t>
-[...170 lines deleted...]
-        <w:t>, Maringá (PR), Brasil.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="53FF1530" w14:textId="202A7042" w:rsidR="0096070D" w:rsidRPr="00181797" w:rsidRDefault="0096070D" w:rsidP="00CF1C86">
+    <w:p w14:paraId="2B2C0F11" w14:textId="2C820D7B" w:rsidR="00093AD5" w:rsidRPr="00093AD5" w:rsidRDefault="00093AD5">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
-        <w:ind w:left="130" w:hanging="130"/>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 Biólogo, </w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>UniCesumar</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, Maringá (PR), Brasil</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">Instituição (sigla), Município (sigla do Estado), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="07E44059" w14:textId="4891DD0F" w:rsidR="00CF1C86" w:rsidRPr="00181797" w:rsidRDefault="00CF1C86" w:rsidP="00421847">
+    <w:p w14:paraId="05867912" w14:textId="43843C1C" w:rsidR="00093AD5" w:rsidRPr="00093AD5" w:rsidRDefault="00093AD5">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
-        <w:ind w:left="130" w:hanging="130"/>
-[...3 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00181797">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00181797">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00421847">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mestre, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">Instituição (sigla), Município (sigla do Estado), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Programa de Pós-Graduação em Tecnologias Limpas (PPGTL)</w:t>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-        <w:t>, Maringá (PR), Brasil.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="5A85411D" w14:textId="3A58CC52" w:rsidR="00CF1C86" w:rsidRDefault="00CF1C86" w:rsidP="00CF1C86">
+    <w:p w14:paraId="6F5533A7" w14:textId="5EFD7E92" w:rsidR="00093AD5" w:rsidRDefault="00093AD5">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
-      <w:r w:rsidRPr="00421847">
+      <w:r w:rsidRPr="00093AD5">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00421847">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00421847" w:rsidRPr="00421847">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Doutor, Programa de Pós-Graduação em Tecnologias Limpas (PPGTL), </w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">Instituição (sigla), Município (sigla do Estado), </w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>UniCesumar</w:t>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t>País</w:t>
+      </w:r>
+      <w:r w:rsidR="00494BEA" w:rsidRPr="00093AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="EE0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, Maringá (PR), Brasil.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="134D41CF" w14:textId="47473BBB" w:rsidR="009F08A6" w:rsidRPr="00334F43" w:rsidRDefault="009F08A6" w:rsidP="00334F43">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00334F43">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Sobrenome dos autores (campo sob a responsabilidade da equipe editorial)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="right"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5670"/>
       <w:gridCol w:w="3402"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A50027" w:rsidRPr="004B27F8" w14:paraId="2E73E492" w14:textId="77777777" w:rsidTr="00A50027">
       <w:trPr>
         <w:trHeight w:val="907"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3125" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="24" w:space="0" w:color="385623" w:themeColor="accent6" w:themeShade="80"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
@@ -7683,51 +7293,51 @@
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:i/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Seção</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4222C52C" w14:textId="77777777" w:rsidR="00A50027" w:rsidRDefault="00A50027">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01B06F01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52620BBC"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9586,152 +9196,152 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1758095113">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1717662000">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="891620380">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="426535069">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1741099982">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2067333632">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="980188626">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="220099609">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="690452485">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1596983623">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="718824000">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2135756304">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1390575559">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1902520926">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="192770850">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1733309857">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1204096820">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="124084892">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A65306"/>
     <w:rsid w:val="00025AF2"/>
     <w:rsid w:val="00030114"/>
     <w:rsid w:val="00037748"/>
     <w:rsid w:val="00042206"/>
     <w:rsid w:val="00043376"/>
     <w:rsid w:val="00043CC6"/>
     <w:rsid w:val="00043D15"/>
     <w:rsid w:val="00044B2D"/>
     <w:rsid w:val="00046FAD"/>
     <w:rsid w:val="00047454"/>
     <w:rsid w:val="00062DEA"/>
     <w:rsid w:val="0008000D"/>
     <w:rsid w:val="000810B5"/>
+    <w:rsid w:val="00093AD5"/>
     <w:rsid w:val="00095491"/>
     <w:rsid w:val="000A64A0"/>
     <w:rsid w:val="000D2571"/>
     <w:rsid w:val="000D52E4"/>
     <w:rsid w:val="000D5F75"/>
     <w:rsid w:val="000E6DF6"/>
     <w:rsid w:val="000F4C4F"/>
     <w:rsid w:val="000F56FC"/>
     <w:rsid w:val="000F65E1"/>
     <w:rsid w:val="00102889"/>
     <w:rsid w:val="00105FAA"/>
     <w:rsid w:val="00111DD5"/>
     <w:rsid w:val="00122011"/>
     <w:rsid w:val="001225B3"/>
     <w:rsid w:val="00122847"/>
     <w:rsid w:val="00127ED4"/>
     <w:rsid w:val="001301BB"/>
     <w:rsid w:val="00133344"/>
     <w:rsid w:val="00140176"/>
     <w:rsid w:val="00145AEE"/>
     <w:rsid w:val="001700C7"/>
     <w:rsid w:val="001751C1"/>
     <w:rsid w:val="00177C7F"/>
     <w:rsid w:val="00180736"/>
     <w:rsid w:val="00181797"/>
@@ -9776,96 +9386,100 @@
     <w:rsid w:val="003113D8"/>
     <w:rsid w:val="00311874"/>
     <w:rsid w:val="003131C7"/>
     <w:rsid w:val="0032106F"/>
     <w:rsid w:val="00325013"/>
     <w:rsid w:val="00332D3D"/>
     <w:rsid w:val="00334E55"/>
     <w:rsid w:val="00334F43"/>
     <w:rsid w:val="00335A2B"/>
     <w:rsid w:val="00340F8B"/>
     <w:rsid w:val="0034591D"/>
     <w:rsid w:val="003475ED"/>
     <w:rsid w:val="00361866"/>
     <w:rsid w:val="00367149"/>
     <w:rsid w:val="003703AA"/>
     <w:rsid w:val="0037232E"/>
     <w:rsid w:val="00380864"/>
     <w:rsid w:val="003909B8"/>
     <w:rsid w:val="003939F3"/>
     <w:rsid w:val="003943EF"/>
     <w:rsid w:val="003952D3"/>
     <w:rsid w:val="003A2ED9"/>
     <w:rsid w:val="003A6190"/>
     <w:rsid w:val="003A7FC6"/>
     <w:rsid w:val="003B7861"/>
+    <w:rsid w:val="003C285E"/>
     <w:rsid w:val="003C4D14"/>
     <w:rsid w:val="003D63E2"/>
     <w:rsid w:val="003E0A1F"/>
     <w:rsid w:val="003E452A"/>
     <w:rsid w:val="003E7840"/>
     <w:rsid w:val="003F321C"/>
     <w:rsid w:val="00400DB9"/>
     <w:rsid w:val="0040487D"/>
     <w:rsid w:val="0040526C"/>
     <w:rsid w:val="00410190"/>
     <w:rsid w:val="004213A7"/>
     <w:rsid w:val="00421847"/>
     <w:rsid w:val="00422146"/>
     <w:rsid w:val="0043689D"/>
     <w:rsid w:val="00437E6F"/>
     <w:rsid w:val="00460EBD"/>
     <w:rsid w:val="0046311A"/>
     <w:rsid w:val="00475328"/>
     <w:rsid w:val="0049183B"/>
     <w:rsid w:val="00494782"/>
+    <w:rsid w:val="00494BEA"/>
     <w:rsid w:val="004A1ABE"/>
     <w:rsid w:val="004A4B90"/>
     <w:rsid w:val="004B6C68"/>
     <w:rsid w:val="004C1991"/>
     <w:rsid w:val="004D485D"/>
     <w:rsid w:val="004D708C"/>
     <w:rsid w:val="004D7A2D"/>
     <w:rsid w:val="004F2C71"/>
     <w:rsid w:val="00507C2A"/>
+    <w:rsid w:val="005139C8"/>
     <w:rsid w:val="005269B6"/>
     <w:rsid w:val="005328DD"/>
     <w:rsid w:val="005404A8"/>
     <w:rsid w:val="00541955"/>
     <w:rsid w:val="00542D75"/>
     <w:rsid w:val="00553D8E"/>
     <w:rsid w:val="0055631D"/>
     <w:rsid w:val="00561982"/>
     <w:rsid w:val="005719D5"/>
     <w:rsid w:val="0058103A"/>
     <w:rsid w:val="00585DC1"/>
     <w:rsid w:val="00586706"/>
     <w:rsid w:val="005919A2"/>
     <w:rsid w:val="0059537E"/>
     <w:rsid w:val="005A1EA3"/>
     <w:rsid w:val="005A51D5"/>
     <w:rsid w:val="005B0E0D"/>
+    <w:rsid w:val="005B2176"/>
     <w:rsid w:val="005C4913"/>
     <w:rsid w:val="005C53CF"/>
     <w:rsid w:val="005E0DFB"/>
     <w:rsid w:val="005E28EF"/>
     <w:rsid w:val="005E766F"/>
     <w:rsid w:val="005E7B9B"/>
     <w:rsid w:val="00602497"/>
     <w:rsid w:val="006046AE"/>
     <w:rsid w:val="00611633"/>
     <w:rsid w:val="00615175"/>
     <w:rsid w:val="0062479C"/>
     <w:rsid w:val="006370EC"/>
     <w:rsid w:val="0063757D"/>
     <w:rsid w:val="006407D0"/>
     <w:rsid w:val="00643F24"/>
     <w:rsid w:val="00645D28"/>
     <w:rsid w:val="00654949"/>
     <w:rsid w:val="006674D8"/>
     <w:rsid w:val="00672F51"/>
     <w:rsid w:val="00673A02"/>
     <w:rsid w:val="00677FDD"/>
     <w:rsid w:val="0068031B"/>
     <w:rsid w:val="00686933"/>
     <w:rsid w:val="00687903"/>
     <w:rsid w:val="00687A01"/>
@@ -9884,73 +9498,75 @@
     <w:rsid w:val="006F5EB7"/>
     <w:rsid w:val="00704642"/>
     <w:rsid w:val="0071230D"/>
     <w:rsid w:val="0071616A"/>
     <w:rsid w:val="00721805"/>
     <w:rsid w:val="00723D15"/>
     <w:rsid w:val="007314FF"/>
     <w:rsid w:val="00732522"/>
     <w:rsid w:val="0074063E"/>
     <w:rsid w:val="00742DBB"/>
     <w:rsid w:val="00744B68"/>
     <w:rsid w:val="00744D88"/>
     <w:rsid w:val="00745D8F"/>
     <w:rsid w:val="00753EDD"/>
     <w:rsid w:val="00757AAC"/>
     <w:rsid w:val="00763390"/>
     <w:rsid w:val="00763436"/>
     <w:rsid w:val="007658D6"/>
     <w:rsid w:val="007868C6"/>
     <w:rsid w:val="0079628A"/>
     <w:rsid w:val="00797B48"/>
     <w:rsid w:val="007B4C06"/>
     <w:rsid w:val="007C1A71"/>
     <w:rsid w:val="007C7CA8"/>
     <w:rsid w:val="007D0250"/>
+    <w:rsid w:val="007D17BA"/>
     <w:rsid w:val="007D3446"/>
     <w:rsid w:val="007D3938"/>
     <w:rsid w:val="007D6A47"/>
     <w:rsid w:val="007D6DDD"/>
     <w:rsid w:val="007E036B"/>
     <w:rsid w:val="007E53F5"/>
     <w:rsid w:val="007E68D6"/>
     <w:rsid w:val="007F2544"/>
     <w:rsid w:val="007F5073"/>
     <w:rsid w:val="007F5E85"/>
     <w:rsid w:val="0080265C"/>
     <w:rsid w:val="008131EA"/>
     <w:rsid w:val="008161D9"/>
     <w:rsid w:val="0082045C"/>
     <w:rsid w:val="0082085B"/>
     <w:rsid w:val="00820FAB"/>
     <w:rsid w:val="0082531D"/>
     <w:rsid w:val="00825957"/>
     <w:rsid w:val="00831A0F"/>
     <w:rsid w:val="00836914"/>
     <w:rsid w:val="00836C83"/>
     <w:rsid w:val="0083747E"/>
     <w:rsid w:val="00837935"/>
+    <w:rsid w:val="00837993"/>
     <w:rsid w:val="00837C05"/>
     <w:rsid w:val="00846FB1"/>
     <w:rsid w:val="0085269C"/>
     <w:rsid w:val="00857CB8"/>
     <w:rsid w:val="00873B7D"/>
     <w:rsid w:val="00875566"/>
     <w:rsid w:val="008841D3"/>
     <w:rsid w:val="00887A07"/>
     <w:rsid w:val="00895262"/>
     <w:rsid w:val="008A096E"/>
     <w:rsid w:val="008A6D94"/>
     <w:rsid w:val="008B4055"/>
     <w:rsid w:val="008D749A"/>
     <w:rsid w:val="008D7AA1"/>
     <w:rsid w:val="008D7EC6"/>
     <w:rsid w:val="008E2F7C"/>
     <w:rsid w:val="008F2CF3"/>
     <w:rsid w:val="008F46C3"/>
     <w:rsid w:val="0090307B"/>
     <w:rsid w:val="0091509D"/>
     <w:rsid w:val="00916303"/>
     <w:rsid w:val="00917BC7"/>
     <w:rsid w:val="00917DB1"/>
     <w:rsid w:val="00922CE7"/>
     <w:rsid w:val="0092773F"/>
@@ -9958,154 +9574,159 @@
     <w:rsid w:val="0093757A"/>
     <w:rsid w:val="00941F13"/>
     <w:rsid w:val="009466E8"/>
     <w:rsid w:val="00946A64"/>
     <w:rsid w:val="009535B0"/>
     <w:rsid w:val="0096070D"/>
     <w:rsid w:val="00964A81"/>
     <w:rsid w:val="00980CE5"/>
     <w:rsid w:val="009A234F"/>
     <w:rsid w:val="009B3315"/>
     <w:rsid w:val="009C3960"/>
     <w:rsid w:val="009C61DB"/>
     <w:rsid w:val="009D73E5"/>
     <w:rsid w:val="009E1C41"/>
     <w:rsid w:val="009E318C"/>
     <w:rsid w:val="009F08A6"/>
     <w:rsid w:val="009F1F1A"/>
     <w:rsid w:val="009F4E92"/>
     <w:rsid w:val="009F78B9"/>
     <w:rsid w:val="00A057CF"/>
     <w:rsid w:val="00A1344B"/>
     <w:rsid w:val="00A14EB0"/>
     <w:rsid w:val="00A50027"/>
     <w:rsid w:val="00A53535"/>
     <w:rsid w:val="00A65306"/>
+    <w:rsid w:val="00A65E3E"/>
     <w:rsid w:val="00A67CD4"/>
     <w:rsid w:val="00A81276"/>
     <w:rsid w:val="00A874F0"/>
     <w:rsid w:val="00A8788F"/>
     <w:rsid w:val="00A917A2"/>
     <w:rsid w:val="00A94D9C"/>
     <w:rsid w:val="00A95689"/>
     <w:rsid w:val="00A960E9"/>
     <w:rsid w:val="00A97799"/>
     <w:rsid w:val="00AA031D"/>
+    <w:rsid w:val="00AB4717"/>
     <w:rsid w:val="00AB5400"/>
     <w:rsid w:val="00AB5ECF"/>
     <w:rsid w:val="00AC5F9D"/>
     <w:rsid w:val="00AE4812"/>
     <w:rsid w:val="00AF0DC6"/>
     <w:rsid w:val="00AF29AA"/>
     <w:rsid w:val="00AF4356"/>
     <w:rsid w:val="00B01F3A"/>
     <w:rsid w:val="00B036DC"/>
     <w:rsid w:val="00B05F0F"/>
     <w:rsid w:val="00B063CF"/>
     <w:rsid w:val="00B063FA"/>
     <w:rsid w:val="00B1149E"/>
     <w:rsid w:val="00B20276"/>
     <w:rsid w:val="00B315D8"/>
     <w:rsid w:val="00B34EC0"/>
     <w:rsid w:val="00B35750"/>
     <w:rsid w:val="00B43E23"/>
     <w:rsid w:val="00B44AC4"/>
     <w:rsid w:val="00B5137B"/>
     <w:rsid w:val="00B72378"/>
     <w:rsid w:val="00B73D6A"/>
     <w:rsid w:val="00B81B3B"/>
     <w:rsid w:val="00BA365E"/>
     <w:rsid w:val="00BA6D8B"/>
     <w:rsid w:val="00BA79C3"/>
     <w:rsid w:val="00BB2951"/>
     <w:rsid w:val="00BB618E"/>
     <w:rsid w:val="00BB7351"/>
     <w:rsid w:val="00BC3559"/>
     <w:rsid w:val="00BC6827"/>
     <w:rsid w:val="00BD4507"/>
     <w:rsid w:val="00BD590D"/>
     <w:rsid w:val="00BD650C"/>
     <w:rsid w:val="00BE11AA"/>
     <w:rsid w:val="00BE17CD"/>
     <w:rsid w:val="00BE1ED7"/>
     <w:rsid w:val="00BE25B8"/>
     <w:rsid w:val="00BE7891"/>
     <w:rsid w:val="00C00067"/>
     <w:rsid w:val="00C00FF9"/>
     <w:rsid w:val="00C050EC"/>
     <w:rsid w:val="00C2358D"/>
     <w:rsid w:val="00C451B0"/>
     <w:rsid w:val="00C47F8C"/>
     <w:rsid w:val="00C53319"/>
     <w:rsid w:val="00C57EA0"/>
     <w:rsid w:val="00C60200"/>
     <w:rsid w:val="00C60402"/>
     <w:rsid w:val="00C70EE4"/>
+    <w:rsid w:val="00C71F6D"/>
     <w:rsid w:val="00C74CD9"/>
     <w:rsid w:val="00C77929"/>
     <w:rsid w:val="00C839CB"/>
     <w:rsid w:val="00C91F57"/>
     <w:rsid w:val="00CA2A6E"/>
     <w:rsid w:val="00CA2BF9"/>
     <w:rsid w:val="00CA6D0C"/>
     <w:rsid w:val="00CB54FD"/>
     <w:rsid w:val="00CB76F8"/>
     <w:rsid w:val="00CB7C2B"/>
     <w:rsid w:val="00CC6D89"/>
     <w:rsid w:val="00CF1C86"/>
     <w:rsid w:val="00CF37D4"/>
     <w:rsid w:val="00CF703A"/>
     <w:rsid w:val="00D02D1E"/>
     <w:rsid w:val="00D10661"/>
     <w:rsid w:val="00D10A4E"/>
     <w:rsid w:val="00D207AE"/>
     <w:rsid w:val="00D23013"/>
     <w:rsid w:val="00D24D5E"/>
     <w:rsid w:val="00D30056"/>
     <w:rsid w:val="00D37D80"/>
     <w:rsid w:val="00D4122A"/>
     <w:rsid w:val="00D41529"/>
     <w:rsid w:val="00D4221E"/>
     <w:rsid w:val="00D44180"/>
     <w:rsid w:val="00D5050A"/>
     <w:rsid w:val="00D5609C"/>
     <w:rsid w:val="00D638AA"/>
     <w:rsid w:val="00D659A5"/>
     <w:rsid w:val="00D758F5"/>
     <w:rsid w:val="00D76DA3"/>
+    <w:rsid w:val="00D858A0"/>
     <w:rsid w:val="00D875CF"/>
     <w:rsid w:val="00D90A11"/>
     <w:rsid w:val="00DA179B"/>
     <w:rsid w:val="00DB07F1"/>
     <w:rsid w:val="00DB28A2"/>
     <w:rsid w:val="00DB2E44"/>
     <w:rsid w:val="00DB69E0"/>
     <w:rsid w:val="00DD37B9"/>
     <w:rsid w:val="00DD7FC0"/>
     <w:rsid w:val="00DE39FB"/>
     <w:rsid w:val="00DE71A1"/>
     <w:rsid w:val="00DF59C6"/>
+    <w:rsid w:val="00E02179"/>
     <w:rsid w:val="00E0590E"/>
     <w:rsid w:val="00E11A0D"/>
     <w:rsid w:val="00E13D49"/>
     <w:rsid w:val="00E34BBF"/>
     <w:rsid w:val="00E43DEF"/>
     <w:rsid w:val="00E44275"/>
     <w:rsid w:val="00E54119"/>
     <w:rsid w:val="00E626DF"/>
     <w:rsid w:val="00E62CCC"/>
     <w:rsid w:val="00E71E07"/>
     <w:rsid w:val="00E843C0"/>
     <w:rsid w:val="00E859E3"/>
     <w:rsid w:val="00E87227"/>
     <w:rsid w:val="00E95DE5"/>
     <w:rsid w:val="00EB2904"/>
     <w:rsid w:val="00EB56EF"/>
     <w:rsid w:val="00EC24E6"/>
     <w:rsid w:val="00EC4BCF"/>
     <w:rsid w:val="00ED0DAD"/>
     <w:rsid w:val="00ED7502"/>
     <w:rsid w:val="00EE4BC7"/>
     <w:rsid w:val="00EF6E3A"/>
     <w:rsid w:val="00F10B2B"/>
     <w:rsid w:val="00F44280"/>
     <w:rsid w:val="00F45203"/>
@@ -10122,64 +9743,64 @@
     <w:rsid w:val="00FC06FC"/>
     <w:rsid w:val="00FC7BB7"/>
     <w:rsid w:val="00FD01DE"/>
     <w:rsid w:val="00FD0CFA"/>
     <w:rsid w:val="00FD33EA"/>
     <w:rsid w:val="00FD7D4A"/>
     <w:rsid w:val="00FF3FCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11111ECA"/>
   <w15:docId w15:val="{9AF50494-BC8E-4D2E-8905-F86EB54AA76B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11018,51 +10639,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C050EC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RecuodecorpodetextoChar">
     <w:name w:val="Recuo de corpo de texto Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Recuodecorpodetexto"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C050EC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="98569866">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="421998802">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11416,51 +11037,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1500803493">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="720"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11680,80 +11301,96 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{226134DE-3F95-476A-8EC7-606647264055}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2185</Words>
-  <Characters>11803</Characters>
+  <Words>2195</Words>
+  <Characters>11856</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FAVOR LEIA ESTA PÁGINA ANTES DE PREPARAR O SEU ARTIGO OU POSTER</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UFPE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13961</CharactersWithSpaces>
+  <CharactersWithSpaces>14023</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FAVOR LEIA ESTA PÁGINA ANTES DE PREPARAR O SEU ARTIGO OU POSTER</dc:title>
   <dc:subject/>
   <dc:creator>Marcelo Soares</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>d1280bff-6f8d-441a-ae23-5266fe9f0fd5</vt:lpwstr>